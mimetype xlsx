--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a78a12e59874a26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref07825d3321489f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c3ce5cd19154590"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04db2e80a04e4b67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re79995cc141f4f25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c3ce5cd19154590" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f790314c11249b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04db2e80a04e4b67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BT Computed Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U260</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,297</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>