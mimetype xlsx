--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref07825d3321489f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbe883fb12984ab5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04db2e80a04e4b67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda42fe44cb934709"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f790314c11249b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04db2e80a04e4b67" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb92a40ae10124314" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda42fe44cb934709" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BT Computed Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U260</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,594</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,043</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>