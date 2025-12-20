--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbe883fb12984ab5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57f6c0cfe9c645bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda42fe44cb934709"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1f130bd531b48c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb92a40ae10124314" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda42fe44cb934709" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4602deb95f34cbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1f130bd531b48c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BT Computed Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U260</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...53 lines deleted...]
-          <x:t>16.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>182,336</x:t>
-[...576 lines deleted...]
-          <x:t>170,043</x:t>
+          <x:t>182,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,743</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>