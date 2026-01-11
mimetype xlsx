--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57f6c0cfe9c645bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f2e0d23a06f4ceb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1f130bd531b48c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68a6d7ae1ed24be1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4602deb95f34cbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1f130bd531b48c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9578777881fe4a25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68a6d7ae1ed24be1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BT Computed Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U260</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,665</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>