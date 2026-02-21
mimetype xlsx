--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f2e0d23a06f4ceb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb892ab094a73441b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68a6d7ae1ed24be1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7fe546d79024b4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9578777881fe4a25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68a6d7ae1ed24be1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e8b602b9ef7489d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7fe546d79024b4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BT Computed Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U260</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>186,995</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,987</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>