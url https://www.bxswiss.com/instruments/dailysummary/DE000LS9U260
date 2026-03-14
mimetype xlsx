--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb892ab094a73441b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70449114e4224a96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7fe546d79024b4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fc4a82edbdb4a29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e8b602b9ef7489d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7fe546d79024b4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7c6eff3359e47a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fc4a82edbdb4a29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BT Computed Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U260</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>199,977</x:t>
-[...327 lines deleted...]
-        <x:is>
           <x:t>195,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,391</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,863</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,618</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>