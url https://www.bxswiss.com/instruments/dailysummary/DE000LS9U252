--- v0 (2025-10-08)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R221c464053ca4a7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e05aeaecad74ef2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d2ff609a5d245fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R568368064f164626"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R740a4222f807425f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d2ff609a5d245fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47e73a3e3b944188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R568368064f164626" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Quality First</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U252</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>178,228</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>176,976</x:t>
-[...463 lines deleted...]
-          <x:t>190,491</x:t>
+          <x:t>180,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,268</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>