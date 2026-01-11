--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e05aeaecad74ef2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R379e1e8c117b4e68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R568368064f164626"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17b26a224dbc4a9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47e73a3e3b944188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R568368064f164626" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48798706b7794858" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17b26a224dbc4a9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Quality First</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U252</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,187</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,944</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>