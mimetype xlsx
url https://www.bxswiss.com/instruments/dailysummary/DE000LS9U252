--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R379e1e8c117b4e68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca30164b456347e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17b26a224dbc4a9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf9cbae6498b4294"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48798706b7794858" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17b26a224dbc4a9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a230d731ab04e68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf9cbae6498b4294" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Quality First</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U252</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>191,944</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,111</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>