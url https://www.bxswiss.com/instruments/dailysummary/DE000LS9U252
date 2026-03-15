--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca30164b456347e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2823df10c7bd4b37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf9cbae6498b4294"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9568b00b7a6a4c5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a230d731ab04e68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf9cbae6498b4294" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bfd0042da0c404c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9568b00b7a6a4c5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Quality First</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U252</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...220 lines deleted...]
-          <x:t>180,179</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,258</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>187,111</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,377</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>