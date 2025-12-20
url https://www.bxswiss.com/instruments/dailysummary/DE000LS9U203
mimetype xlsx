--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R765a0ac5d4bf4ff5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb690572621a486f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84acc7c9edb94d4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03dfe36dd9ad4dbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa111c9c640549aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84acc7c9edb94d4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd35a743523f747c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03dfe36dd9ad4dbe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Globale Effizienz-Strategen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U203</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>104,369</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,079</x:t>
-[...512 lines deleted...]
-          <x:t>106,354</x:t>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,869</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>