--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb690572621a486f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfab6124f85a043d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03dfe36dd9ad4dbe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08005b9d60e94924"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd35a743523f747c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03dfe36dd9ad4dbe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R274a648dc73741a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08005b9d60e94924" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Globale Effizienz-Strategen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U203</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>106,562</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,199</x:t>
-[...274 lines deleted...]
-          <x:t>104,869</x:t>
+          <x:t>106,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,388</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>