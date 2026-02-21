--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfab6124f85a043d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd5f3e0eb7ce47a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08005b9d60e94924"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b4e98a729004e01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R274a648dc73741a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08005b9d60e94924" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re62024e264b244ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b4e98a729004e01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Globale Effizienz-Strategen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U203</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>107,388</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,856</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>