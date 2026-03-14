--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd5f3e0eb7ce47a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd70fa52cf8de4635" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b4e98a729004e01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5abbc17b21a74168"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re62024e264b244ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b4e98a729004e01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5357ad48b6224b47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5abbc17b21a74168" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Globale Effizienz-Strategen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U203</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,868</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,989</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>