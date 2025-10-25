--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf33a281d191421b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94644b76d9744729" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11ac13bc0d7144a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa51444bcb744232"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a581bc7fd484391" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11ac13bc0d7144a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reab786235d9e4ca7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa51444bcb744232" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value SL Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U1U6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>101,302</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,704</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>102,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,606</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,613</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,631</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>