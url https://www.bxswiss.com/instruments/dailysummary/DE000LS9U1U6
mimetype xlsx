--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94644b76d9744729" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff52b0ef2a2d4002" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa51444bcb744232"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e6aff05944a4ecc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reab786235d9e4ca7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa51444bcb744232" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8081a3a45bfe4303" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e6aff05944a4ecc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value SL Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U1U6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,883</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,161</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>