--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff52b0ef2a2d4002" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ee99f76b3c8408f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e6aff05944a4ecc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf8b8559cfef49fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8081a3a45bfe4303" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e6aff05944a4ecc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dfd9d64af5743ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf8b8559cfef49fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value SL Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U1U6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>105,161</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>