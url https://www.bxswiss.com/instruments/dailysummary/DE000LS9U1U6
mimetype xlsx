--- v3 (2025-12-20)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ee99f76b3c8408f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red3b57fe70b64b2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf8b8559cfef49fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28491bb59c5d4058"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dfd9d64af5743ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf8b8559cfef49fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6b2829f70964adf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28491bb59c5d4058" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value SL Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U1U6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>112,690</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,663</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>