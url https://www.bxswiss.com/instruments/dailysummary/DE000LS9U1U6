--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red3b57fe70b64b2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc305947ca384eed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28491bb59c5d4058"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf334c280599f4a6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6b2829f70964adf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28491bb59c5d4058" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbc22f3788744978" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf334c280599f4a6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value SL Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U1U6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,141 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...134 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,593</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>115,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,336</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,119</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,052</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>