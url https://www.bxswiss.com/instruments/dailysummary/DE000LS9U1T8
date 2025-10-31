--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33fd0f73821a4751" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fc674664b6740d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra84305b49dfd40e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3010dde03dd24e15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bdfa7bef4fd42e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra84305b49dfd40e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radd9bc60ecf54ff5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3010dde03dd24e15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future trend Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U1T8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,580</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,774</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>