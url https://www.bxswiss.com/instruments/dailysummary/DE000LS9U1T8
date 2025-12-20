--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fc674664b6740d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78edc830323142bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3010dde03dd24e15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bb86eabd77d4be7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radd9bc60ecf54ff5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3010dde03dd24e15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racb589a405134bb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bb86eabd77d4be7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future trend Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U1T8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>225,774</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,887</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>