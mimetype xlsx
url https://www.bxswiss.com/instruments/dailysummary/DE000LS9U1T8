--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78edc830323142bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34b871ab53eb4bb2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bb86eabd77d4be7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc0497a99b2743f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racb589a405134bb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bb86eabd77d4be7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2889589a8496461c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc0497a99b2743f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future trend Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U1T8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,74 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,341</x:t>
@@ -791,31 +279,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,774</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>