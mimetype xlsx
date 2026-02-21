--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34b871ab53eb4bb2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3658fb85ab24f7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc0497a99b2743f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra125f55a06fc454a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2889589a8496461c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc0497a99b2743f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad26db64408844fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra125f55a06fc454a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future trend Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U1T8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,404 +149,653 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...371 lines deleted...]
-          <x:t>219,774</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,123</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>