--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3658fb85ab24f7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R016e29b686734b29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra125f55a06fc454a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58154d307eee48c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad26db64408844fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra125f55a06fc454a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R724661a24dc74c55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58154d307eee48c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future trend Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U1T8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,435 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...383 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,389</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -771,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,099</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>