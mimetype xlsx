--- v0 (2025-10-24)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab0e0bdf6db04b4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda57ef4b6ddc4be0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50ccedd37f03438a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfab54dadd6ed4370"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6700cea23b744a1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50ccedd37f03438a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8580f7a58fd4740" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfab54dadd6ed4370" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LA Quality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U1P6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>94,167</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,242</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>