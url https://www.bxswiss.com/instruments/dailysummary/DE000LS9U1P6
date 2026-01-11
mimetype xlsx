--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda57ef4b6ddc4be0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd58a2682e00f486a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfab54dadd6ed4370"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0ab083f3e254104"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8580f7a58fd4740" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfab54dadd6ed4370" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R937964ed6f2a4905" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0ab083f3e254104" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LA Quality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U1P6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...242 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,802</x:t>
-[...332 lines deleted...]
-        <x:is>
           <x:t>91,506</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,431</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>