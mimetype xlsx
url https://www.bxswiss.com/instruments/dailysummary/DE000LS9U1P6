--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd58a2682e00f486a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68dbe2de2ba94687" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0ab083f3e254104"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc9848b35dbe4b5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R937964ed6f2a4905" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0ab083f3e254104" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4d72563f37c4155" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc9848b35dbe4b5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LA Quality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U1P6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,832</x:t>
-[...360 lines deleted...]
-          <x:t>91,431</x:t>
+          <x:t>89,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,211</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>