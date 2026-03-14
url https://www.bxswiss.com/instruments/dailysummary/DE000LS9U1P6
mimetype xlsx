--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68dbe2de2ba94687" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41b10fe699e64808" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc9848b35dbe4b5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cca428f6aee44b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4d72563f37c4155" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc9848b35dbe4b5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa44cf0fc8bb42ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cca428f6aee44b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LA Quality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U1P6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...247 lines deleted...]
-          <x:t>84,380</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,507</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...197 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,028</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,226</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>