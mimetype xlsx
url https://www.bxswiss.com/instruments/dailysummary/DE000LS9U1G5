--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref2b1164f0a84633" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff046685fb394eea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3065ca5413b5441d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc37ae265b1e44fcd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R210105818d0b4277" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3065ca5413b5441d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3ba9de379c94fdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc37ae265b1e44fcd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendaktien Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U1G5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>130,041</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,506</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>