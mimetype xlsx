--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff046685fb394eea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra65ccb2de5e349ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc37ae265b1e44fcd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b6a067c310a4b97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3ba9de379c94fdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc37ae265b1e44fcd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98175a07422b41fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b6a067c310a4b97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendaktien Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U1G5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>129,506</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,427</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>