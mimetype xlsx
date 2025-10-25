--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red52e80d47ff4058" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc427e63bbe8d443a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f118714bbf64a4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61728ca90ca74dfc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R551b1824272745b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f118714bbf64a4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc11c6f8adfc4313" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61728ca90ca74dfc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Champions 100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U187</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,038</x:t>
-[...43 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>102,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,426</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>103,440</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,155</x:t>
-[...242 lines deleted...]
-          <x:t>105,489</x:t>
+          <x:t>103,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,459</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>