--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc427e63bbe8d443a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5fa47a893a8481e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61728ca90ca74dfc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ce5583948b74d7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc11c6f8adfc4313" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61728ca90ca74dfc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbeb2355eae0f48fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ce5583948b74d7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Champions 100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U187</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>103,552</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>103,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>103,299</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...273 lines deleted...]
-          <x:t>14.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,659</x:t>
-[...225 lines deleted...]
-          <x:t>105,459</x:t>
+          <x:t>104,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,147</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>