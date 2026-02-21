--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5fa47a893a8481e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec9dec1d13914c6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ce5583948b74d7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R787913c94be34619"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbeb2355eae0f48fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ce5583948b74d7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcac9c824cce94fd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R787913c94be34619" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Champions 100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U187</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>106,147</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,189</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>