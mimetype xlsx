--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec9dec1d13914c6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8aa47bbd19bf45f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R787913c94be34619"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R590a475eb8e84fea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcac9c824cce94fd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R787913c94be34619" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76f1c71b6f9f46d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R590a475eb8e84fea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Champions 100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U187</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,104 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...365 lines deleted...]
-          <x:t>98,484</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,863</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.02.2026</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,628</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,392</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>