--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bfea7e04e3d435d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rded5815f79fa4ace" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0e2f3ca96c04c90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49aef144a5b74b0b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b91571049cc4ab0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0e2f3ca96c04c90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9c10957d1f1487d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49aef144a5b74b0b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Analytisch nur das Beste</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U179</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,652</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,915</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>