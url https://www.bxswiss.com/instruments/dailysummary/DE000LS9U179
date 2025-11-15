--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rded5815f79fa4ace" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfe8cd6c3d244414" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49aef144a5b74b0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd80a34d3c924eb0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9c10957d1f1487d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49aef144a5b74b0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6083c01d01694e90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd80a34d3c924eb0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Analytisch nur das Beste</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U179</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,602</x:t>
-[...414 lines deleted...]
-          <x:t>113,915</x:t>
+          <x:t>113,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,427</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>