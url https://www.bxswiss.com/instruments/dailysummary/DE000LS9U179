--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfe8cd6c3d244414" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3abf42f00bf424c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd80a34d3c924eb0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd33d17bc0f984bb6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6083c01d01694e90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd80a34d3c924eb0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1a9162bfb4240f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd33d17bc0f984bb6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Analytisch nur das Beste</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U179</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>114,427</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>