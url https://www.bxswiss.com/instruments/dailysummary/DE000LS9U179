--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3abf42f00bf424c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3b6a09660c7486e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd33d17bc0f984bb6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd9feb755bb74401"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1a9162bfb4240f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd33d17bc0f984bb6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfacfec615f764475" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd9feb755bb74401" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Analytisch nur das Beste</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U179</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,446</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,416</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>