--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3b6a09660c7486e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3af5cd8285594e98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd9feb755bb74401"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R659f20557242416e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfacfec615f764475" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd9feb755bb74401" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78df5974a6084dd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R659f20557242416e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Analytisch nur das Beste</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U179</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>119,512</x:t>
-[...441 lines deleted...]
-          <x:t>120,416</x:t>
+          <x:t>118,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,981</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>