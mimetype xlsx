--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3af5cd8285594e98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e871b9d9a4a4364" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R659f20557242416e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6997bf5e747d4288"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78df5974a6084dd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R659f20557242416e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3672641a01124539" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6997bf5e747d4288" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Analytisch nur das Beste</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U179</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,377</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,139</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>