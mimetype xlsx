--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7e8b80d7c76438a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3fcbce23c6346a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re688284a0eb347da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda9ded1b7f9d4637"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re78329a166f9410c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re688284a0eb347da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R240a6868c79e456a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda9ded1b7f9d4637" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Diese kleine Spende </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U112</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,288 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...236 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -624,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,807</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>