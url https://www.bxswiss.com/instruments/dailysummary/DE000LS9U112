--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3fcbce23c6346a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R971e1dcb9e8e4cc5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda9ded1b7f9d4637"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R321970315677426b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R240a6868c79e456a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda9ded1b7f9d4637" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb570471ed8524ebe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R321970315677426b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Diese kleine Spende </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U112</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>104,807</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,677</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>