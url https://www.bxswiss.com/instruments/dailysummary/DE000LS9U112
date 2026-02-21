--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R971e1dcb9e8e4cc5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cf962e3943a4224" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R321970315677426b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52f41e32a14945e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb570471ed8524ebe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R321970315677426b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c912d03da73486a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52f41e32a14945e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Diese kleine Spende </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U112</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>110,677</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,169</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>