--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a747f7d40d34645" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32e856ce7452435b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58d87d37d0904b22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07a31f91a50b4221"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc19f094761174079" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58d87d37d0904b22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R246da445e10644b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07a31f91a50b4221" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Menzenbach Invest FuTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U104</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,233</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>