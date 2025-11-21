--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32e856ce7452435b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R707f6c9bfbb24250" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07a31f91a50b4221"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e4ee57168dc4b99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R246da445e10644b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07a31f91a50b4221" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59e884ff858448c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e4ee57168dc4b99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Menzenbach Invest FuTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U104</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,394</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,728</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>