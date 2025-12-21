--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R707f6c9bfbb24250" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9e7d5edd09f419b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e4ee57168dc4b99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7e1be96136048d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59e884ff858448c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e4ee57168dc4b99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08c47378fa234c6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7e1be96136048d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Menzenbach Invest FuTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U104</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,991</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,847</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>