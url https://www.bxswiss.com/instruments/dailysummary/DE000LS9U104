--- v3 (2025-12-21)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9e7d5edd09f419b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdde28895ba424b96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7e1be96136048d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3163ead153c24da6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08c47378fa234c6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7e1be96136048d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raea2322d035d4f20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3163ead153c24da6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Menzenbach Invest FuTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U104</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,344</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,819</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>