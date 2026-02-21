--- v4 (2026-01-12)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdde28895ba424b96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21fb88fc213f4713" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3163ead153c24da6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d075551356048a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raea2322d035d4f20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3163ead153c24da6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7db1d83f752a408c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d075551356048a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Menzenbach Invest FuTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U104</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>165,819</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,522</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>