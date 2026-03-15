--- v5 (2026-02-21)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21fb88fc213f4713" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4376f2156dc34629" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d075551356048a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c43ba9ed9c54c21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7db1d83f752a408c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d075551356048a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1b37191943e43b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c43ba9ed9c54c21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Menzenbach Invest FuTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U104</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,126</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,872</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>