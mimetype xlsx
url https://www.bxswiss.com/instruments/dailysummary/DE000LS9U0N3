--- v0 (2025-10-03)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R814fa7eb8a9f432b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99c83aa338e44e4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red54ee8f285749de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdec010e046f4581"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcff946fb85c44f5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red54ee8f285749de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R309a9003c0cf4b9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdec010e046f4581" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Excellence Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U0N3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>129,054</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>