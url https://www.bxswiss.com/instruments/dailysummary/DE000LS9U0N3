--- v1 (2025-12-20)
+++ v2 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99c83aa338e44e4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7efb2d7d8e064d57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdec010e046f4581"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4054a52eb0534ad2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R309a9003c0cf4b9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdec010e046f4581" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ad7d7fa3e874767" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4054a52eb0534ad2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Excellence Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U0N3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,973</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,708</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>