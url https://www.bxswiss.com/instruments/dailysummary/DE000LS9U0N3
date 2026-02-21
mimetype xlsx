--- v2 (2026-01-12)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7efb2d7d8e064d57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R754c38c37af44e7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4054a52eb0534ad2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R686c883395034e6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ad7d7fa3e874767" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4054a52eb0534ad2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45393eb23aa54ad4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R686c883395034e6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Excellence Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U0N3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>138,708</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,713</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>