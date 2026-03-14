--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R754c38c37af44e7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d796110604c4f04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R686c883395034e6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf560a55aa5a64f14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45393eb23aa54ad4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R686c883395034e6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09c51312edcc423f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf560a55aa5a64f14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Excellence Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U0N3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,643</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,478</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>