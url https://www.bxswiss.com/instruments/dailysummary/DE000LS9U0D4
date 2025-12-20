--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R264a2975bbd64c28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcc186c870164221" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R003fd60d82b34912"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R298dfe64d5d343aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd943558734dc4a51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R003fd60d82b34912" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf508e01794bf4c91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R298dfe64d5d343aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>aktive Aktien Anlagestrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U0D4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>165,565</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,304</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>