--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcc186c870164221" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93d21166f52a4887" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R298dfe64d5d343aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c1df94607fa4ba3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf508e01794bf4c91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R298dfe64d5d343aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R019a3d304f064bef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c1df94607fa4ba3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>aktive Aktien Anlagestrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U0D4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>160,254</x:t>
-[...441 lines deleted...]
-          <x:t>167,304</x:t>
+          <x:t>160,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,428</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>