--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93d21166f52a4887" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R859f8f61b7634333" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c1df94607fa4ba3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69ae9881d2544693"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R019a3d304f064bef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c1df94607fa4ba3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b4bfad5046e4363" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69ae9881d2544693" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>aktive Aktien Anlagestrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U0D4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>162,428</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,232</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>