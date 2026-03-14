--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R859f8f61b7634333" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa5102b2e15d4b4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69ae9881d2544693"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R723ea5aa509449a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b4bfad5046e4363" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69ae9881d2544693" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb67e82211ab34068" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R723ea5aa509449a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>aktive Aktien Anlagestrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U0D4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,919</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,368</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>