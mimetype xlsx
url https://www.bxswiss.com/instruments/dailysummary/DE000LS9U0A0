--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b6b36590e624a45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18809d984b9f4379" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01331fff6b754d18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5dda67527d44a5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65d965dc1f62459c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01331fff6b754d18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fae303630424ea5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5dda67527d44a5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SYM Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U0A0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,815</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>