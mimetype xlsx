--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18809d984b9f4379" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dc0e2e1f60a4143" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5dda67527d44a5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5c5ef6c265948ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fae303630424ea5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5dda67527d44a5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e2dec00f1bb4dae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5c5ef6c265948ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SYM Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U0A0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...409 lines deleted...]
-          <x:t>112,262</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,415</x:t>
-[...220 lines deleted...]
-          <x:t>114,365</x:t>
+          <x:t>112,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>