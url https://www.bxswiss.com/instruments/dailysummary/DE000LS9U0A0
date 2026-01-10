--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dc0e2e1f60a4143" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R870d46e3079444de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5c5ef6c265948ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b2e6a22a33d49dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e2dec00f1bb4dae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5c5ef6c265948ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d90a5148ec744f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b2e6a22a33d49dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SYM Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U0A0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...269 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,377</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,395</x:t>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,045</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>