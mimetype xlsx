--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R870d46e3079444de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd523c6a079f94d03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b2e6a22a33d49dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53a905aed8e341c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d90a5148ec744f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b2e6a22a33d49dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0865739d26264293" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53a905aed8e341c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SYM Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U0A0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>113,045</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>