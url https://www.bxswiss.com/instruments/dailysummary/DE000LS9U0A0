--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd523c6a079f94d03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5465757e17044744" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53a905aed8e341c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4e6810105424e14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0865739d26264293" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53a905aed8e341c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0761ad529094f1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4e6810105424e14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SYM Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U0A0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,313</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,324</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>