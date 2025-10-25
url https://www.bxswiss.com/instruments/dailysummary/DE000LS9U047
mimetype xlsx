--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84a04d6177f7458c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a5d5027e61f4861" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90dbe35d39484f38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d991b7938ab4ba6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0dc24c1f96040ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90dbe35d39484f38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35950bd1f68b4dfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d991b7938ab4ba6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Patricks Investment Favoriten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U047</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,080</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,803</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>