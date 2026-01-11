--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a5d5027e61f4861" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e7be84930aa446b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d991b7938ab4ba6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8613f69052941a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35950bd1f68b4dfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d991b7938ab4ba6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1090c3fb61d8463d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8613f69052941a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Patricks Investment Favoriten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U047</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>155,147</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,574</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...451 lines deleted...]
-          <x:t>163,803</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,353</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>