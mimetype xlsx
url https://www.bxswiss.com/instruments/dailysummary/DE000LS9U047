--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e7be84930aa446b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b1a54321b9e4942" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8613f69052941a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42b93b65296644c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1090c3fb61d8463d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8613f69052941a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R681af2b2b50240ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42b93b65296644c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Patricks Investment Favoriten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U047</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>167,353</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,347</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>