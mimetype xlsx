--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b1a54321b9e4942" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc59a453a72dd478c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42b93b65296644c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1d6d831b52c4b0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R681af2b2b50240ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42b93b65296644c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb690ed8ad51642a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1d6d831b52c4b0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Patricks Investment Favoriten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U047</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,083</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,388</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>