--- v0 (2025-11-21)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e82f40e89704e44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71605ffaf70942f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41c16eea24a24a8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0eb1e0683594445b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R344eb1fad3294f1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41c16eea24a24a8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re01be5c971ab4d68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0eb1e0683594445b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Moonshot Biotechs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TZQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...387 lines deleted...]
-          <x:t>45,139</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>43,062</x:t>
-[...242 lines deleted...]
-          <x:t>44,239</x:t>
+          <x:t>43,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,653</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>