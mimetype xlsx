--- v1 (2025-12-20)
+++ v2 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71605ffaf70942f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2abeafff5ed4569" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0eb1e0683594445b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21eebe992b9e4ee4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re01be5c971ab4d68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0eb1e0683594445b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd96469c385c544d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21eebe992b9e4ee4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Moonshot Biotechs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TZQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,246</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,028</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>