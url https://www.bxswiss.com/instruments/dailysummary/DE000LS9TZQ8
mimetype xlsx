--- v2 (2026-01-12)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2abeafff5ed4569" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89bfab6ae4b64281" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21eebe992b9e4ee4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1faf5cd54df74555"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd96469c385c544d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21eebe992b9e4ee4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51c1dbae28fa4b3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1faf5cd54df74555" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Moonshot Biotechs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TZQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>41,028</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,114</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>