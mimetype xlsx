--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89bfab6ae4b64281" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a863221765d40f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1faf5cd54df74555"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8047a5cc0c6b414a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51c1dbae28fa4b3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1faf5cd54df74555" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re50e9ff204ce4f9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8047a5cc0c6b414a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Moonshot Biotechs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TZQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,566</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,894</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>