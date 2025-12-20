--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe4aaa88d28e4ff6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd41609d664cb43a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d06be2992c94f4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5f3208cd5e843ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48017d7d34e84c52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d06be2992c94f4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10fda49f83e6451c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5f3208cd5e843ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BigOnes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TZE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>125,900</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,569</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>