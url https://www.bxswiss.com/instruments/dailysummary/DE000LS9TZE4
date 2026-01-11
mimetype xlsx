--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd41609d664cb43a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd65f6a99e0094ab0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5f3208cd5e843ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf503427c95ba430d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10fda49f83e6451c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5f3208cd5e843ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b1635917c9d4e3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf503427c95ba430d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BigOnes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TZE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>126,060</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>125,911</x:t>
-[...247 lines deleted...]
-          <x:t>121,569</x:t>
+          <x:t>126,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,907</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>