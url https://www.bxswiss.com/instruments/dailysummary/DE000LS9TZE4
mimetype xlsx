--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd65f6a99e0094ab0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72298e1543ee457d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf503427c95ba430d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd49794c015044176"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b1635917c9d4e3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf503427c95ba430d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reedf6b77b33e448a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd49794c015044176" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BigOnes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TZE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...360 lines deleted...]
-          <x:t>126,749</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>126,533</x:t>
-[...80 lines deleted...]
-          <x:t>127,907</x:t>
+          <x:t>127,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,558</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>