--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72298e1543ee457d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf30c08d3094a4dc4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd49794c015044176"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68cbdf8f0ee84b7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reedf6b77b33e448a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd49794c015044176" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbc9e5bba4494da4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68cbdf8f0ee84b7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BigOnes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TZE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,495</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,343</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>