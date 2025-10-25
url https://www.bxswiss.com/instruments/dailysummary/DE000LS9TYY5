--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9996a877d984c1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e99e8f50d354157" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f2e52e4cd6d45a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R993572db042943c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recf43cf174624d3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f2e52e4cd6d45a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5507d38766e24df2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R993572db042943c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Software</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TYY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,610</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,606</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>