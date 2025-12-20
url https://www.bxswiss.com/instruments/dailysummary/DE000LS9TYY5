--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e99e8f50d354157" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d97689bf3934478" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R993572db042943c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf86fb0fd540143fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5507d38766e24df2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R993572db042943c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red13e6423670417b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf86fb0fd540143fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Software</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TYY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>138,606</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,209</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>