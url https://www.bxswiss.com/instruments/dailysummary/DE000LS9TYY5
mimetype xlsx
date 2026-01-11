--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d97689bf3934478" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab6c131963e74fc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf86fb0fd540143fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0f1adb2d8e74d89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red13e6423670417b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf86fb0fd540143fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61ceacc36fb047cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0f1adb2d8e74d89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Software</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TYY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,366</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,436</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>