--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab6c131963e74fc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde16524171bc4f80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0f1adb2d8e74d89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57becdff6c30441d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61ceacc36fb047cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0f1adb2d8e74d89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fb09789428d41de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57becdff6c30441d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Software</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TYY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>136,436</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,544</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>