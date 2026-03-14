--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde16524171bc4f80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27f0411ad4124afd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57becdff6c30441d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd4b02dfdad84e22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fb09789428d41de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57becdff6c30441d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra24a2c3fef4944dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd4b02dfdad84e22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Software</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TYY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,021</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,918</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>