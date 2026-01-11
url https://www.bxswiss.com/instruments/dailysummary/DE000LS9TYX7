--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cdd4522a4844035" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bc4d7c8b2124e1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e8a01cd09124aaf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9ab0dddda344e03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba44b28f97764329" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e8a01cd09124aaf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R492d632137b849ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9ab0dddda344e03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LONG RANGE TRADING </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TYX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>150,871</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,251</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.11.2025</x:t>
-[...424 lines deleted...]
-          <x:t>150,147</x:t>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>