--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bc4d7c8b2124e1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R563a27fc3c10481e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9ab0dddda344e03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b740ba5711b43b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R492d632137b849ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9ab0dddda344e03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b86c8e7df3d4e07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b740ba5711b43b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LONG RANGE TRADING </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TYX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>152,185</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>