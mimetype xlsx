--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R563a27fc3c10481e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R421a79568bf44051" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b740ba5711b43b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3eff3d445214422f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b86c8e7df3d4e07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b740ba5711b43b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fed6dadd1364c07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3eff3d445214422f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LONG RANGE TRADING </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TYX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>147,543</x:t>
-[...603 lines deleted...]
-          <x:t>147,530</x:t>
+          <x:t>146,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,866</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>