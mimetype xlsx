--- v0 (2025-10-26)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd473f6dece574012" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1892181e71494446" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6364dea1e877489d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96d194eb7980497d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24bcd9a0fab54a2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6364dea1e877489d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfccae54891b44387" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96d194eb7980497d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ExponentialScalableCombinatorial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TYV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>155,981</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,847</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>