--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1892181e71494446" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2673bea1aed48c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96d194eb7980497d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6450aaf495f4e76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfccae54891b44387" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96d194eb7980497d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf98f9a359f9e4512" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6450aaf495f4e76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ExponentialScalableCombinatorial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TYV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>161,025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>159,734</x:t>
-[...355 lines deleted...]
-          <x:t>154,847</x:t>
+          <x:t>163,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>