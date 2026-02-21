--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2673bea1aed48c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree14dcbd21084ec0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6450aaf495f4e76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7da8730c000f47fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf98f9a359f9e4512" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6450aaf495f4e76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3e0cdcc60d544cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7da8730c000f47fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ExponentialScalableCombinatorial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TYV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>162,820</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,264</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>