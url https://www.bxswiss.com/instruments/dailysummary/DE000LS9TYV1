--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree14dcbd21084ec0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e1d7021590d4a0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7da8730c000f47fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39c5ec2a064e453c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3e0cdcc60d544cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7da8730c000f47fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dc7717bb7bd41b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39c5ec2a064e453c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ExponentialScalableCombinatorial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TYV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,890</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,309</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>