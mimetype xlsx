--- v0 (2025-10-28)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dcca48ce32344da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7ceac0e0e964d65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22de4ee871f2428b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0557e4dadd62462f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reda7e9a0c8d041ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22de4ee871f2428b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d0fe32e8e1f4990" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0557e4dadd62462f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90 Prozent von Allem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TYR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>127,372</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>