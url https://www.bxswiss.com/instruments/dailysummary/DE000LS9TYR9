--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7ceac0e0e964d65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R443e8fd249f84837" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0557e4dadd62462f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1db9b30849814256"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d0fe32e8e1f4990" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0557e4dadd62462f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31e32ec26e8748d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1db9b30849814256" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90 Prozent von Allem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TYR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,505</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,437</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>