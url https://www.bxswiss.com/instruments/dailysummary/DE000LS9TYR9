--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R443e8fd249f84837" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f33612329d644b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1db9b30849814256"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2c3cd1a598d454f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31e32ec26e8748d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1db9b30849814256" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree6ed6cf23204159" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2c3cd1a598d454f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90 Prozent von Allem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TYR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>138,437</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,004</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>