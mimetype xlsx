--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f33612329d644b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc4119c9e08c4183" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2c3cd1a598d454f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc42b64fb9ba140b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree6ed6cf23204159" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2c3cd1a598d454f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39249727125f42f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc42b64fb9ba140b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90 Prozent von Allem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TYR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,671</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,572</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>