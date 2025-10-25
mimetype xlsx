--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58f1b43762524de5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf803e827d354cae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90c428e81b794b10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87ad2c60f2c94cbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R859d79aaa80c4949" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90c428e81b794b10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ef7d9030bc24660" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87ad2c60f2c94cbe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Metrics and Corporate Culture</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TYN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,455</x:t>
-[...570 lines deleted...]
-        <x:is>
           <x:t>104,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,823</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,126</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>