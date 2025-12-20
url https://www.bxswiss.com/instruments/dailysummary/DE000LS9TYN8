--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf803e827d354cae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R205594259ad14fd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87ad2c60f2c94cbe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd09e24bac4484d7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ef7d9030bc24660" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87ad2c60f2c94cbe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12db44436e03441a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd09e24bac4484d7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Metrics and Corporate Culture</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TYN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...436 lines deleted...]
-          <x:t>104,570</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,394</x:t>
-[...193 lines deleted...]
-          <x:t>106,126</x:t>
+          <x:t>105,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>