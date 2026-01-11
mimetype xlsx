--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R205594259ad14fd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34ac9a087e1c47e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd09e24bac4484d7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0eee73642cf34614"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12db44436e03441a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd09e24bac4484d7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63b10b3263e54083" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0eee73642cf34614" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Metrics and Corporate Culture</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TYN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,661</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,688</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>