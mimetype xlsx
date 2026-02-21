--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34ac9a087e1c47e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra720e74ec6eb4029" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0eee73642cf34614"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b6cb65148224491"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63b10b3263e54083" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0eee73642cf34614" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdab705b75a848c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b6cb65148224491" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Metrics and Corporate Culture</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TYN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...176 lines deleted...]
-          <x:t>109,036</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.12.2025</x:t>
-[...149 lines deleted...]
-          <x:t>110,794</x:t>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,538</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>113,688</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,172</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>