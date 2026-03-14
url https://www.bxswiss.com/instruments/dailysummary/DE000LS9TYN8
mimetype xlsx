--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra720e74ec6eb4029" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R218c3e652aef4663" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b6cb65148224491"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75a9dacc45844876"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdab705b75a848c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b6cb65148224491" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e1ac933c0e940a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75a9dacc45844876" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Metrics and Corporate Culture</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TYN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,426</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,147</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>