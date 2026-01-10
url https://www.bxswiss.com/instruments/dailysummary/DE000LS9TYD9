--- v0 (2025-10-04)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc147b5c04bf9483c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5a6d5415cb74437" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc40f595910f4cee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f5a136e6fce4489"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf929c659ab094696" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc40f595910f4cee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb31b14d4f2bb45f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f5a136e6fce4489" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech Only</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TYD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,291 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...146 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,016</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>