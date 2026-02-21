--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5a6d5415cb74437" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb45cf86a1d744d5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f5a136e6fce4489"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R315dcfadbfae4b92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb31b14d4f2bb45f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f5a136e6fce4489" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43a4448e11bb48e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R315dcfadbfae4b92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech Only</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TYD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,291 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...258 lines deleted...]
-          <x:t>88,016</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,809</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>