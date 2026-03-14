--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb45cf86a1d744d5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23b28286c4bc48b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R315dcfadbfae4b92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf94f5fe755bb4c92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43a4448e11bb48e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R315dcfadbfae4b92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc349a409392b4aa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf94f5fe755bb4c92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech Only</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TYD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,653</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>