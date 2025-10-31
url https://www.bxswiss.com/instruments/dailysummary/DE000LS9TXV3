--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22e23abc8a264031" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6a799c9a8d749a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R735cc52ce43b4089"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad48634809eb4a5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fda66e8aa8546a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R735cc52ce43b4089" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R300e0021786e4ede" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad48634809eb4a5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US_Min_Drawdown</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TXV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>124,875</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,770</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...397 lines deleted...]
-          <x:t>127,025</x:t>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,311</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>