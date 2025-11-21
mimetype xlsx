--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6a799c9a8d749a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fa6a3660e0d4077" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad48634809eb4a5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R689f2ee349f7428c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R300e0021786e4ede" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad48634809eb4a5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ece507b19fa49ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R689f2ee349f7428c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US_Min_Drawdown</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TXV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,575</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>