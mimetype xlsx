--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fa6a3660e0d4077" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3796bf08ebc24538" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R689f2ee349f7428c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree447fb54eda4cff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ece507b19fa49ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R689f2ee349f7428c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6366a0b364dd44db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree447fb54eda4cff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US_Min_Drawdown</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TXV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>121,235</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,835</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>