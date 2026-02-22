--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3796bf08ebc24538" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab13d3a6bc86440d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree447fb54eda4cff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d7adbfff7214087"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6366a0b364dd44db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree447fb54eda4cff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d464243f99f46ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d7adbfff7214087" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US_Min_Drawdown</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TXV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>128,835</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,666</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>