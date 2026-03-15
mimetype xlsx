--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab13d3a6bc86440d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd017d0b79a674591" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d7adbfff7214087"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2239604005a94ca8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d464243f99f46ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d7adbfff7214087" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e345b6379df451d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2239604005a94ca8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US_Min_Drawdown</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TXV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>139,086</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>134,867</x:t>
-[...571 lines deleted...]
-          <x:t>143,666</x:t>
+          <x:t>135,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,887</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>