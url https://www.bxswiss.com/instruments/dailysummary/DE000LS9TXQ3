--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re987791b280444c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13d1fc811f91485e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba45c759682b4451"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf50ceb59d93f446d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R926c7b082e6d4934" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba45c759682b4451" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5d02ac4f45c4bb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf50ceb59d93f446d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TXQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,233</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,171</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>