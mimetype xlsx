--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13d1fc811f91485e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5ba05fa5a8f40ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf50ceb59d93f446d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbcc3772ffc74ff0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5d02ac4f45c4bb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf50ceb59d93f446d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ebc316ecab9408f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbcc3772ffc74ff0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TXQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>80,171</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,036</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>