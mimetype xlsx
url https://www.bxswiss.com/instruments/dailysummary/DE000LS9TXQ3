--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5ba05fa5a8f40ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R529eb941ed0345df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbcc3772ffc74ff0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d25e0425e504314"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ebc316ecab9408f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbcc3772ffc74ff0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38477a9951b94a77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d25e0425e504314" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TXQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,209</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>