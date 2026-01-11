--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R529eb941ed0345df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7ec0938935a4ea6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d25e0425e504314"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17e6e35fec514dd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38477a9951b94a77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d25e0425e504314" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda3daeac92804d5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17e6e35fec514dd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TXQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>76,199</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,578</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>76,274</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,469</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...128 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,753</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>