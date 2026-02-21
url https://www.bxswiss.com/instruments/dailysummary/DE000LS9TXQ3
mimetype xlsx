--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7ec0938935a4ea6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12352fe50c0b4111" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17e6e35fec514dd3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82053bb613b240d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda3daeac92804d5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17e6e35fec514dd3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf0a827d04784ab7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82053bb613b240d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TXQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...409 lines deleted...]
-          <x:t>82,211</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,060</x:t>
-[...31 lines deleted...]
-          <x:t>82,753</x:t>
+          <x:t>83,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,464</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>