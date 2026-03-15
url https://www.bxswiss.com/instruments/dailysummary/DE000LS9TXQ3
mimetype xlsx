--- v5 (2026-02-21)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12352fe50c0b4111" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R928bbe49760d401c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82053bb613b240d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d7db0e7071040ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf0a827d04784ab7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82053bb613b240d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea751a2a235140c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d7db0e7071040ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TXQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,856</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,764</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>