--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d6702b02e924dd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21f3e23bd1794600" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22da7c7049cc4de4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8b087f0cf924f72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f3e21c22fc8461b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22da7c7049cc4de4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fa7248f4d62421d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8b087f0cf924f72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Trend Invest Matrix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TXA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,559 +149,154 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,756</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...418 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,129</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,658</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>