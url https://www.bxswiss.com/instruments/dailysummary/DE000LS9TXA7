--- v1 (2025-10-24)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21f3e23bd1794600" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd7431dcdceb4ea7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8b087f0cf924f72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5319bdc7fc784a93"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fa7248f4d62421d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8b087f0cf924f72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40f68a69d17f4e5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5319bdc7fc784a93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Trend Invest Matrix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TXA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>104,658</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,199</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>