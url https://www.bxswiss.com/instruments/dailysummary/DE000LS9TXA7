--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd7431dcdceb4ea7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb272c3d8e99e481f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5319bdc7fc784a93"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reff7607d17774cad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40f68a69d17f4e5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5319bdc7fc784a93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re07cc6a9857b4187" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reff7607d17774cad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Trend Invest Matrix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TXA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,404 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,207</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>108,039</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,470</x:t>
-[...215 lines deleted...]
-          <x:t>107,199</x:t>
+          <x:t>107,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,301</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>