--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb272c3d8e99e481f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab9c0f02493d4f31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reff7607d17774cad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf95dcbfdfe543b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re07cc6a9857b4187" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reff7607d17774cad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd05fedf5088d4854" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf95dcbfdfe543b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Trend Invest Matrix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TXA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,404 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...371 lines deleted...]
-          <x:t>110,301</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>