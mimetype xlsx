--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab9c0f02493d4f31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3c9c7df58b841b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf95dcbfdfe543b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf35881d9f2a2449a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd05fedf5088d4854" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf95dcbfdfe543b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9a2188b235d45e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf35881d9f2a2449a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Trend Invest Matrix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TXA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>111,769</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,602</x:t>
-[...625 lines deleted...]
-          <x:t>114,400</x:t>
+          <x:t>112,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,188</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>