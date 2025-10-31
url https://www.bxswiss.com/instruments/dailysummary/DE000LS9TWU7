--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89031cddeb9c4754" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0a9b0e18e7c4b29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1600a445a8484a68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9cea450b1a04136"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1bbe2d313ef4490" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1600a445a8484a68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68d316a84dc3499d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9cea450b1a04136" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Harmonic-BertramMeyer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TWU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,525</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,764</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>