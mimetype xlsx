--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0a9b0e18e7c4b29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3e0a807e1f24466" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9cea450b1a04136"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae9f9cbf86064a92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68d316a84dc3499d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9cea450b1a04136" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbde313e4fbf4325" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae9f9cbf86064a92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Harmonic-BertramMeyer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TWU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,470 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>14.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>143,214</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>139,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,505</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,487</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,473</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>