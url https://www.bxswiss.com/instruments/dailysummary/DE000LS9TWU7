--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3e0a807e1f24466" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35fee3d074dc4a2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae9f9cbf86064a92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea99101dd661460d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbde313e4fbf4325" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae9f9cbf86064a92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd7d4332e984463a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea99101dd661460d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Harmonic-BertramMeyer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TWU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>130,473</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,003</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>