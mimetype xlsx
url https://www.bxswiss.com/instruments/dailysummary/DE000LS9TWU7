--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35fee3d074dc4a2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R604da96860e14f9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea99101dd661460d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbb955e061cd4e8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd7d4332e984463a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea99101dd661460d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bfa12deba9a4ffa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbb955e061cd4e8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Harmonic-BertramMeyer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TWU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>139,370</x:t>
-[...198 lines deleted...]
-          <x:t>145,003</x:t>
+          <x:t>140,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,484</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>