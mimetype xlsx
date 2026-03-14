--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R604da96860e14f9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17955bdfb7de4729" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbb955e061cd4e8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9ffcadaf2044132"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bfa12deba9a4ffa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbb955e061cd4e8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcad04745b43435a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9ffcadaf2044132" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Harmonic-BertramMeyer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TWU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,962</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,479</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>