--- v0 (2025-10-04)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb03c9564153494c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf013eba6b994470b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb030475c2ff4c1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41c7512959b04f0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1ba998ed3cd41fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb030475c2ff4c1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R209420791475443f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41c7512959b04f0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Black Energy - Kohleaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TWT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>146,524</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,476</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>