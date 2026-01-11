--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf013eba6b994470b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf23db75ce7c4ebe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41c7512959b04f0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06fe719e63a04214"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R209420791475443f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41c7512959b04f0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9474977f89ac45aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06fe719e63a04214" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Black Energy - Kohleaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TWT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,418</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,726</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>