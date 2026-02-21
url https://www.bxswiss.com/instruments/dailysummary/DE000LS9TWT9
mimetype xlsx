--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf23db75ce7c4ebe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4aeb2f00afd44bba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06fe719e63a04214"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R402a4fdb47a14d13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9474977f89ac45aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06fe719e63a04214" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R920075fbbc284492" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R402a4fdb47a14d13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Black Energy - Kohleaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TWT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>173,726</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,237</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>