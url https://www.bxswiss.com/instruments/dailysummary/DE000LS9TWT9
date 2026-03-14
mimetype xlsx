--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4aeb2f00afd44bba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ed34155def34e09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R402a4fdb47a14d13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e383691a13948b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R920075fbbc284492" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R402a4fdb47a14d13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re23c1e14158a4c8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e383691a13948b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Black Energy - Kohleaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TWT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,304</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>