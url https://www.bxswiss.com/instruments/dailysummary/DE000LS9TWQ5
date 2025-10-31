--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62d82675a5794b0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61a62836728c4453" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04ffd1ea6edb4c40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radf55164ec594740"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc87ccd17955f4e18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04ffd1ea6edb4c40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R406195fba3914849" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radf55164ec594740" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Disruptive Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TWQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>495,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>501,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>495,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>498,021</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>507,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>509,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>497,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>500,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>