--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61a62836728c4453" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2f9ee0ab7b149ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radf55164ec594740"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf99a491db21542ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R406195fba3914849" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radf55164ec594740" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbee2a485738549ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf99a491db21542ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Disruptive Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TWQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>506,879</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>512,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>505,320</x:t>
-[...490 lines deleted...]
-          <x:t>523,825</x:t>
+          <x:t>498,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,883</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>