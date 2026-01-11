--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2f9ee0ab7b149ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d3aa1e08b5f45bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf99a491db21542ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab916903e323492c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbee2a485738549ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf99a491db21542ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e2ebb21a6dc44d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab916903e323492c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Disruptive Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TWQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>527,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>528,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>522,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>525,588</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>531,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>532,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>526,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>529,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,714</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>