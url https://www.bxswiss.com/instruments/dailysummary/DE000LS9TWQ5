--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d3aa1e08b5f45bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7b0b2a17c8e4a79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab916903e323492c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf70a0ea01e7d4882"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e2ebb21a6dc44d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab916903e323492c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d18014e83f841a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf70a0ea01e7d4882" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Disruptive Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TWQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>525,714</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,543</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>