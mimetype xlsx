--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7b0b2a17c8e4a79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09d043d148934125" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf70a0ea01e7d4882"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1d61194f3454de0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d18014e83f841a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf70a0ea01e7d4882" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1ef81dfaee348a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1d61194f3454de0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Disruptive Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TWQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>467,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>470,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>463,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>469,043</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>463,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>466,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>458,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>465,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>