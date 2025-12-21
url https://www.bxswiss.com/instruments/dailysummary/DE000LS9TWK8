--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R459da86192d64c9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98dd9ae1fec64d61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94c633d790f24dcc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R385d37098cb547b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ec5933959b04022" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94c633d790f24dcc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdbad25d1ab84ba0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R385d37098cb547b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment nach Buffett</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TWK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>187,226</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,243</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>