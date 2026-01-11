--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98dd9ae1fec64d61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b9ea8e3f02e43a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R385d37098cb547b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6515e5799d6042f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdbad25d1ab84ba0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R385d37098cb547b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0b65c950851419e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6515e5799d6042f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment nach Buffett</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TWK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,275</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,302</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>