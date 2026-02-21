--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b9ea8e3f02e43a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R962c60cb495b4a52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6515e5799d6042f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7160428fafa4789"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0b65c950851419e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6515e5799d6042f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R009e9e0160814dfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7160428fafa4789" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment nach Buffett</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TWK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>192,302</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,174</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>