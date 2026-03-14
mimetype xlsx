--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R962c60cb495b4a52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R034215875b87471d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7160428fafa4789"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1b4cc81528e42c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R009e9e0160814dfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7160428fafa4789" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R092585062e9d4f4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1b4cc81528e42c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment nach Buffett</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TWK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,706</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,959</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>