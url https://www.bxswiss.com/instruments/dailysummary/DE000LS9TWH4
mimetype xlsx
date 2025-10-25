--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra68b5455a34a4a17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a843900cbe541ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6739a6b5536f4631"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R204eb0ed003b4cea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98e72f784d8d4ba9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6739a6b5536f4631" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf95f2906c6184437" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R204eb0ed003b4cea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaktien Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TWH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.053,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.056,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.051,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.051,408</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.062,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.062,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.056,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.058,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.055,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.057,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.050,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.050,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.052,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.054,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.053,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.053,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.061,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.053,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.060,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.063,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.065,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.059,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.059,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.063,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.064,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.059,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.062,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.056,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.066,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.056,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.064,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.069,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.070,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.063,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.063,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.061,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.067,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.060,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.066,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.050,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.060,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.049,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.057,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.058,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.060,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.053,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.056,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.056,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.058,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.053,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.056,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.058,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.061,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.056,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.059,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.060,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.061,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.060,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.061,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.056,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.060,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.050,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.060,377</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>