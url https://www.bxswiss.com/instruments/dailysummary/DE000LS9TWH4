--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a843900cbe541ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3427846bdb9448be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R204eb0ed003b4cea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bc9bbea7d9f4916"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf95f2906c6184437" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R204eb0ed003b4cea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0028ebe71b4488c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bc9bbea7d9f4916" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaktien Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TWH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1.060,377</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.044,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.039,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.044,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.042,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.053,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.050,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.051,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.056,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.049,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.051,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.055,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.054,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.058,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.061,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.054,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.057,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.057,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.067,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.054,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.067,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.066,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.070,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.062,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.069,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.073,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.073,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.068,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.072,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.067,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.070,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.066,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.069,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.066,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.069,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.064,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.068,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.072,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.073,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.072,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.072,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.072,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.073,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.065,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.066,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.069,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.073,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.067,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.072,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.071,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.078,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.071,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.073,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.072,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.077,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.072,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.073,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.074,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.076,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.073,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.073,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.066,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.069,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.064,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.069,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.067,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.071,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.066,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.069,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.072,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.072,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.067,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.067,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.074,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.079,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.074,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.078,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.079,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.081,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.076,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.076,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.074,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.075,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.072,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.073,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.074,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.077,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.073,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.076,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.077,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.085,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.077,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,634</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>