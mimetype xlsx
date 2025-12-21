--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3427846bdb9448be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfa9400d91b5464d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bc9bbea7d9f4916"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb212b4d5aca4234"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0028ebe71b4488c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bc9bbea7d9f4916" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58f2e287ba7b4044" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb212b4d5aca4234" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaktien Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TWH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.042,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.053,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.040,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.050,355</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>