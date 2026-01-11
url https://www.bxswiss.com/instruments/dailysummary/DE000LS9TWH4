--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfa9400d91b5464d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7851fd7ac7a04cb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb212b4d5aca4234"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe46554b12c248fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58f2e287ba7b4044" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb212b4d5aca4234" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reae867f78e1744cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe46554b12c248fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaktien Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TWH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.066,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.069,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.064,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.069,143</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.077,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.085,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.077,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.084,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.080,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.085,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.077,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.085,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.085,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.087,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.081,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.086,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.086,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.086,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.086,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.086,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.091,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.086,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.090,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.088,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.095,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.101,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.099,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.100,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.105,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.103,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.103,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.109,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.102,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.108,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.104,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.105,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.099,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.102,749</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>