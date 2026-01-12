--- v4 (2026-01-11)
+++ v5 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7851fd7ac7a04cb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc63a23d6c154269" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe46554b12c248fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff04173339eb43b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reae867f78e1744cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe46554b12c248fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e8f7cc973cb421c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff04173339eb43b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaktien Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TWH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.067,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.071,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.066,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.069,357</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>