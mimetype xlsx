--- v5 (2026-01-12)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc63a23d6c154269" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9abddab40424b06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff04173339eb43b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b548792296c43ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e8f7cc973cb421c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff04173339eb43b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5113f10f38d4117" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b548792296c43ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaktien Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TWH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...387 lines deleted...]
-          <x:t>1.109,139</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.099,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.099,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.087,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.106,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.108,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.104,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.104,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.101,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.103,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.097,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.093,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.091,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.097,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.103,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.106,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.099,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.101,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.100,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.099,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.102,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.108,780</x:t>
-[...26 lines deleted...]
-          <x:t>1.102,749</x:t>
+          <x:t>1.110,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.101,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.104,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.102,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.105,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.100,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.101,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.105,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.121,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.104,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.119,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.123,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.125,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.116,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.118,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.128,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.140,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.127,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.140,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.129,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.132,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.121,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.124,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.124,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.133,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.124,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.131,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.132,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.133,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.128,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.133,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.131,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.134,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.124,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.128,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.135,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.150,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.132,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.149,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.144,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.147,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.138,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.139,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.140,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.143,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.129,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.136,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.134,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.141,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.132,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.137,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.142,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.149,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.140,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.149,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.153,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.155,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.147,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.148,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.150,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.151,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.144,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.149,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.150,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.157,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.150,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.155,582</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>