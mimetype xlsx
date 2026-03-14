--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9abddab40424b06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dd53881d87e4152" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b548792296c43ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R191587f21d554926"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5113f10f38d4117" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b548792296c43ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62c4bf5bc0ae4331" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R191587f21d554926" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaktien Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TWH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.131,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.134,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.124,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.128,031</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.150,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.157,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.150,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.155,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.159,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.162,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.155,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.156,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.156,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.161,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.154,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.157,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.158,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.161,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.158,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.161,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.155,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.162,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.153,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.156,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.164,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.168,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.155,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.161,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.135,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.150,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.134,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.149,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.126,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.128,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.112,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.117,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.119,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.128,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.116,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.121,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.116,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.126,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.110,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.111,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.109,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.110,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.097,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.072,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.088,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.072,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.085,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.101,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.105,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.097,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.097,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.095,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.086,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.090,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.088,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.091,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.083,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.091,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.090,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.105,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.088,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,862</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>