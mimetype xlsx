--- v0 (2025-10-05)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe232b4b62aa42e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99133c97f3d64164" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d43be9a1ba44a80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdac8eda50fbe42ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b696633f13a452f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d43be9a1ba44a80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa391f339dd34924" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdac8eda50fbe42ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden_Aristokraten_weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TWD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>141,121</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,769</x:t>
-[...335 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>141,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,179</x:t>
-[...252 lines deleted...]
-          <x:t>143,297</x:t>
+          <x:t>140,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>