--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99133c97f3d64164" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf28f0fcd6fd44d5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdac8eda50fbe42ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a9cc524d0c44a28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa391f339dd34924" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdac8eda50fbe42ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R199146eea1a94b38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a9cc524d0c44a28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden_Aristokraten_weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TWD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...301 lines deleted...]
-          <x:t>139,499</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>139,318</x:t>
-[...300 lines deleted...]
-        <x:is>
           <x:t>141,817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,904</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>