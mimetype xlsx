--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf28f0fcd6fd44d5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cc6f243dce84ef4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a9cc524d0c44a28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc9ce277e9b6411c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R199146eea1a94b38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a9cc524d0c44a28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b57921a182c4780" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc9ce277e9b6411c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden_Aristokraten_weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TWD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,640 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>145,118</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,930</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...359 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,120</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,387</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>