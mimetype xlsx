--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cc6f243dce84ef4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aa77f6788774703" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc9ce277e9b6411c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e9e597a707648e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b57921a182c4780" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc9ce277e9b6411c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85c48ec24f27481d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e9e597a707648e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden_Aristokraten_weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TWD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>145,382</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,363</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>15.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>147,136</x:t>
-[...360 lines deleted...]
-          <x:t>149,387</x:t>
+          <x:t>149,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,917</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>