--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aa77f6788774703" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bd0943eb29840e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e9e597a707648e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R000a606a22c340f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85c48ec24f27481d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e9e597a707648e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cb4b3a1cbb746dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R000a606a22c340f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden_Aristokraten_weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TWD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,853</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,562</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>