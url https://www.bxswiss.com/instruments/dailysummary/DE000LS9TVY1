--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4734df86faa4351" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1d52222ed4b4498" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree61dc1542164dd1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra989db67d6434f3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref7876ed9b3242ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree61dc1542164dd1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0386e619c11e4904" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra989db67d6434f3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FAT02 Stable Growth USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TVY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,304</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,714</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>