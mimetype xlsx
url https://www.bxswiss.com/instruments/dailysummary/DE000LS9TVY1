--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1d52222ed4b4498" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50d77fb2f5b94c0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra989db67d6434f3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R812c7140cf994a91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0386e619c11e4904" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra989db67d6434f3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ae341c96d8e4f09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R812c7140cf994a91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FAT02 Stable Growth USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TVY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>112,232</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,645</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>114,714</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>