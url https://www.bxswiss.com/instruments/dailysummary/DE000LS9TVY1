--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50d77fb2f5b94c0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb1ae7da82914812" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R812c7140cf994a91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R725df94253324eb5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ae341c96d8e4f09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R812c7140cf994a91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90e6a6acde744e56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R725df94253324eb5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FAT02 Stable Growth USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TVY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>112,278</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,484</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>