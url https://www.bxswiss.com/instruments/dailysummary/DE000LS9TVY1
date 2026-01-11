--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb1ae7da82914812" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf22b69ec3ac344fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R725df94253324eb5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R634d980042cd4a8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90e6a6acde744e56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R725df94253324eb5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58d2fb527cea45b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R634d980042cd4a8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FAT02 Stable Growth USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TVY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,912</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,189</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>