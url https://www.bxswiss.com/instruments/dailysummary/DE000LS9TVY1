--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf22b69ec3ac344fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31189ffed95b4286" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R634d980042cd4a8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63dde1a33bcb499f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58d2fb527cea45b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R634d980042cd4a8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd168bd650aa440f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63dde1a33bcb499f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FAT02 Stable Growth USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TVY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>123,951</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,235</x:t>
-[...328 lines deleted...]
-          <x:t>125,189</x:t>
+          <x:t>124,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,684</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>