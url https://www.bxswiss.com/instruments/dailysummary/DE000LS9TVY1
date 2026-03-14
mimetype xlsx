--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31189ffed95b4286" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R993e538d917c4d9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63dde1a33bcb499f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb7b9f5e437b4475"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd168bd650aa440f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63dde1a33bcb499f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab4fc8dd58fe4612" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb7b9f5e437b4475" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FAT02 Stable Growth USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TVY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,527</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>