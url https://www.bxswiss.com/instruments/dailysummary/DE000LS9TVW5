--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4274ad04e7c94488" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3db92089a82407b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R655b50c6fab24806"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fa20fa8d7884857"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3892595a9a36408a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R655b50c6fab24806" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bec7bb2544e412f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fa20fa8d7884857" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lukson Moats</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TVW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,347</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,326</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>