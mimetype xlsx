--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3db92089a82407b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1eb9df1c6b884046" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fa20fa8d7884857"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30317c2fabae47fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bec7bb2544e412f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fa20fa8d7884857" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R723b383267b74164" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30317c2fabae47fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lukson Moats</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TVW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>121,326</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,315</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>