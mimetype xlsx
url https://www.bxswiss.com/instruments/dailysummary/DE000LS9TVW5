--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1eb9df1c6b884046" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c8e71237eb8477a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30317c2fabae47fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2eb14e06657c4f94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R723b383267b74164" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30317c2fabae47fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a3a1e6575b2445d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2eb14e06657c4f94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lukson Moats</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TVW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,795</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,539</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>