--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c8e71237eb8477a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4edd68bb14c742e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2eb14e06657c4f94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R880e74ce886942cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a3a1e6575b2445d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2eb14e06657c4f94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd18c7cffd7742b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R880e74ce886942cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lukson Moats</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TVW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,400</x:t>
-[...333 lines deleted...]
-          <x:t>67,539</x:t>
+          <x:t>67,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,904</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>