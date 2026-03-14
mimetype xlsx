--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4edd68bb14c742e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74e985e996e14014" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R880e74ce886942cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ec8ddcbaf954774"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd18c7cffd7742b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R880e74ce886942cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ed3eaad522e4be4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ec8ddcbaf954774" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lukson Moats</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TVW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,067</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>