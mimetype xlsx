--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb66c8b32d2e42ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5be60d21bbc74627" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb97881ec77164234"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5534e5cf115645b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3cfd7be85cb4fc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb97881ec77164234" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcb8132a3e334aaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5534e5cf115645b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invest and Rest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TVT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,581</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>