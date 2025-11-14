--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5be60d21bbc74627" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4edd1cd1f754d72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5534e5cf115645b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1577d9d016f4b85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcb8132a3e334aaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5534e5cf115645b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R497d7afb2b4d48e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1577d9d016f4b85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invest and Rest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TVT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,014</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>