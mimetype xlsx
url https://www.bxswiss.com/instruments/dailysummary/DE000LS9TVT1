--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4edd1cd1f754d72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reef9ea44560a44d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1577d9d016f4b85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd6968f1156e4e1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R497d7afb2b4d48e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1577d9d016f4b85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R587038db1ede4aea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd6968f1156e4e1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invest and Rest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TVT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...446 lines deleted...]
-          <x:t>115,111</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,362</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>115,235</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,004</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>