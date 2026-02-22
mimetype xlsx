--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reef9ea44560a44d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82491c07f0b64961" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd6968f1156e4e1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6248d149c0404516"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R587038db1ede4aea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd6968f1156e4e1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2aae071d7c0f40c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6248d149c0404516" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invest and Rest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TVT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>120,004</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,764</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>