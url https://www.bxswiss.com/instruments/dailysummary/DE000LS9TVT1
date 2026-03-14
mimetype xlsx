--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82491c07f0b64961" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0b7a2657af0435a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6248d149c0404516"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30bf3156c83c4e69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2aae071d7c0f40c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6248d149c0404516" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bb21652bf7c430a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30bf3156c83c4e69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invest and Rest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TVT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,097</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>