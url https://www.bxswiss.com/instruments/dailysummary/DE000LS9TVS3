--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0597e31fb30e4142" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0eb3ab9c94114dc5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04a2334354044247"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b836c83bc8941b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83348555ab53484d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04a2334354044247" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3a6ffcfee3b457f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b836c83bc8941b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swiss Value nach Obermatt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TVS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,342</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>