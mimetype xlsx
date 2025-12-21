--- v1 (2025-11-01)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0eb3ab9c94114dc5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcaadd2a6d4b34d58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b836c83bc8941b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd757f3163c549f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3a6ffcfee3b457f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b836c83bc8941b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03454e6da8dd4834" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd757f3163c549f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swiss Value nach Obermatt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TVS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>116,765</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,843</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>