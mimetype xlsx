--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcaadd2a6d4b34d58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7388e80df4c4a73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd757f3163c549f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rded587e095ab483a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03454e6da8dd4834" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd757f3163c549f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4aa703356a0b4179" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rded587e095ab483a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swiss Value nach Obermatt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TVS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...161 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,134</x:t>
-[...278 lines deleted...]
-        <x:is>
           <x:t>115,979</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,613</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,978</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>