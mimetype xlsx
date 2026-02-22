--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7388e80df4c4a73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92ccba894ece4ee5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rded587e095ab483a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R191799e4cb85482f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4aa703356a0b4179" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rded587e095ab483a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R285f899edea34f01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R191799e4cb85482f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swiss Value nach Obermatt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TVS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...338 lines deleted...]
-          <x:t>118,934</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,432</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>120,978</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,099</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>