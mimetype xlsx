--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92ccba894ece4ee5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3275ad5ad5014e1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R191799e4cb85482f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc652fe04ea674cd4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R285f899edea34f01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R191799e4cb85482f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86787c32cd9f4df8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc652fe04ea674cd4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swiss Value nach Obermatt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TVS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,408 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...356 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,780</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,171</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>