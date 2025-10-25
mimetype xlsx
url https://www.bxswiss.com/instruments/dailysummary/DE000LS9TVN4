--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08b6aa33755e43eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d260bc95a71405c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dc54ec0efc64583"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35b7279943564c91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59be5f962cb847e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dc54ec0efc64583" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd364374efd1412f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35b7279943564c91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ExAm Dividenden </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TVN4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>112,289</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,342</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>12.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,361</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...389 lines deleted...]
-          <x:t>112,361</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,214</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>