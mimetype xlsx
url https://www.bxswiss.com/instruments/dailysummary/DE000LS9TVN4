--- v1 (2025-10-25)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d260bc95a71405c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89d6dd5091a142fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35b7279943564c91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c73221590e84af2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd364374efd1412f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35b7279943564c91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R458f22905b144ceb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c73221590e84af2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ExAm Dividenden </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TVN4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>111,214</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>