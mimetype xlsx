--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89d6dd5091a142fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ed5b0a22c4a4a7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c73221590e84af2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1948d0ad87eb40b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R458f22905b144ceb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c73221590e84af2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64b3716963164a6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1948d0ad87eb40b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ExAm Dividenden </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TVN4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...124 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>