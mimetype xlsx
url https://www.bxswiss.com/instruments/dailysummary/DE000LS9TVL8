--- v0 (2025-10-04)
+++ v1 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1225f80135b84d16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0bac94689cf4c00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R236e9e003f374e97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49288791bc274188"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e90a525f69147f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R236e9e003f374e97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d22eaa97c6349dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49288791bc274188" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalTitanOne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TVL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>129,546</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,599</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>