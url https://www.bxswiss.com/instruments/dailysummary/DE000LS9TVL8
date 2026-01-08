--- v1 (2025-11-20)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0bac94689cf4c00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16c121f7e4484956" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49288791bc274188"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55ef02a2961b4915"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d22eaa97c6349dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49288791bc274188" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R642e7b4b91064546" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55ef02a2961b4915" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalTitanOne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TVL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>124,599</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>