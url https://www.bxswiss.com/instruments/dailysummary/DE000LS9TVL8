--- v2 (2026-01-08)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16c121f7e4484956" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddb653ed3df24a3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55ef02a2961b4915"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R759a47bdf42f4703"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R642e7b4b91064546" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55ef02a2961b4915" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78e206e49447408c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R759a47bdf42f4703" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalTitanOne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TVL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>126,686</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,703</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>