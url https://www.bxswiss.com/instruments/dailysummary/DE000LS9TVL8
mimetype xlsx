--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddb653ed3df24a3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8825364348164226" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R759a47bdf42f4703"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbd5991558b84b6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78e206e49447408c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R759a47bdf42f4703" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dbef81336ed4ade" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbd5991558b84b6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalTitanOne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TVL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,157</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,513</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>