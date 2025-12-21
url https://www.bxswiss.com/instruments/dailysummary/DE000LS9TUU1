--- v0 (2025-10-04)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11d36c5e55374d14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8f5d932a6d14039" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R669b3a50b281418c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3a5dea1b94b4282"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3cf4bed39504fe0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R669b3a50b281418c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62e8b30f651b41e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3a5dea1b94b4282" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lewin Buying Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TUU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>146,816</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,966</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>