--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8f5d932a6d14039" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5317fba85d31444c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3a5dea1b94b4282"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb8d6fe8efab49c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62e8b30f651b41e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3a5dea1b94b4282" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4082c635ee0147b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb8d6fe8efab49c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lewin Buying Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TUU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,859</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,743</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>