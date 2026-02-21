--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5317fba85d31444c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra872b742748b4ba3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb8d6fe8efab49c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re39c97b700ab46d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4082c635ee0147b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb8d6fe8efab49c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70c42807d2524629" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re39c97b700ab46d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lewin Buying Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TUU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>133,743</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,953</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>