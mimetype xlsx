--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra872b742748b4ba3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc343a17f85a4e76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re39c97b700ab46d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77e7033ecf1f49de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70c42807d2524629" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re39c97b700ab46d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4abf8cdcba44d18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77e7033ecf1f49de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lewin Buying Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TUU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,219</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,852</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>