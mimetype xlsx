--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f3f0e60f27c40c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rced93999d57249fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50a3b0ad4e714b60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R655985b8d60e4563"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R695c5470b3e74c3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50a3b0ad4e714b60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7dd5697015144c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R655985b8d60e4563" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alternative Energie - Premium</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TUC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,337</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,683</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>