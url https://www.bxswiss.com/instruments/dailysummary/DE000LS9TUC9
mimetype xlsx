--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rced93999d57249fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2982e371f54d4fb1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R655985b8d60e4563"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd244857e9d5f4e0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7dd5697015144c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R655985b8d60e4563" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac17cb16c24a4549" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd244857e9d5f4e0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alternative Energie - Premium</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TUC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>92,683</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,019</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>