--- v2 (2026-01-11)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2982e371f54d4fb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e4ad37f3ee544d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd244857e9d5f4e0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74a57c926f76438b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac17cb16c24a4549" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd244857e9d5f4e0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a918b8410e24799" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74a57c926f76438b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alternative Energie - Premium</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TUC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>100,019</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,384</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>