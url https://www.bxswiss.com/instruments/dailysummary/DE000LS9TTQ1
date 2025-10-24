--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd60edf2e33c47a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cad1591c6af4680" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c57cb411e31431d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2435d5e0cec049f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca6cd7d2df9c493b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c57cb411e31431d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3c7206db89e4e38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2435d5e0cec049f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaktien Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TTQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,950</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,123</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>