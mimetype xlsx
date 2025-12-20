--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cad1591c6af4680" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref22dc685dd54268" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2435d5e0cec049f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf79d5535a0d24dc0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3c7206db89e4e38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2435d5e0cec049f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51dad4145079494e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf79d5535a0d24dc0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaktien Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TTQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...500 lines deleted...]
-          <x:t>106,026</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,688</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>106,123</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,464</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>