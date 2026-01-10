--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref22dc685dd54268" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re86e43a7302c4534" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf79d5535a0d24dc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcedb486d99c04c49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51dad4145079494e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf79d5535a0d24dc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf9987ea9553415a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcedb486d99c04c49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaktien Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TTQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,391</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>