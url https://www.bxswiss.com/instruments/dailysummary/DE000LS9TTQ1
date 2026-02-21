--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re86e43a7302c4534" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5644c144f21d4689" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcedb486d99c04c49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d5b47740cd54326"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf9987ea9553415a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcedb486d99c04c49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2507f78b808c4a25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d5b47740cd54326" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaktien Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TTQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...441 lines deleted...]
-          <x:t>110,914</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>110,878</x:t>
-[...26 lines deleted...]
-          <x:t>110,275</x:t>
+          <x:t>111,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,558</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>