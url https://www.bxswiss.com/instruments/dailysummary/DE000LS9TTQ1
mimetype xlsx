--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5644c144f21d4689" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa07f4efe7114d28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d5b47740cd54326"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02a95d499a584d89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2507f78b808c4a25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d5b47740cd54326" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2070f9ad9c2466a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02a95d499a584d89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaktien Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TTQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,803</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>