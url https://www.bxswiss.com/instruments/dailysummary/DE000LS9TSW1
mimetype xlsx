--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re763abb67ae94ac8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a8d045418a94c54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78032d439086443e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15d164261af94147"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72c55fedf2544dcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78032d439086443e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3904c6963d74cf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15d164261af94147" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13F Filings TOP20 Holdings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TSW1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,370</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,514</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>