--- v1 (2025-11-10)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a8d045418a94c54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R382f09764ebc49a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15d164261af94147"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ee1bc623c464565"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3904c6963d74cf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15d164261af94147" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4171616a5e0e48e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ee1bc623c464565" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13F Filings TOP20 Holdings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TSW1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>103,514</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>