--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R382f09764ebc49a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb4098de05de4f94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ee1bc623c464565"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55899155ad8c4408"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4171616a5e0e48e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ee1bc623c464565" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bf2147f61024350" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55899155ad8c4408" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13F Filings TOP20 Holdings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TSW1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>106,233</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,950</x:t>
-[...485 lines deleted...]
-          <x:t>104,475</x:t>
+          <x:t>104,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,669</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>