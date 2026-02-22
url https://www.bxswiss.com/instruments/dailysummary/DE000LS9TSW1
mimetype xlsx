--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb4098de05de4f94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaba5a8124034ed1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55899155ad8c4408"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra386e30bcbe241b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bf2147f61024350" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55899155ad8c4408" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf92e31f8186e4909" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra386e30bcbe241b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13F Filings TOP20 Holdings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TSW1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>106,669</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,267</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>