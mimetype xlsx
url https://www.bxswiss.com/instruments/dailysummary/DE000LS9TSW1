--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaba5a8124034ed1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd520868294124754" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra386e30bcbe241b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54c7024a4df8430f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf92e31f8186e4909" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra386e30bcbe241b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb62fabffdc4442ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54c7024a4df8430f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13F Filings TOP20 Holdings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TSW1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,265</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,292</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>