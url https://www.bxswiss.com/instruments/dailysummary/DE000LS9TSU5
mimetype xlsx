--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5618570041b44713" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58775d4d4e3f4456" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R743d67f4ebaf4c10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra82f3e815112468e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0c7e825181d47da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R743d67f4ebaf4c10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4db7585702d040d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra82f3e815112468e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hochdividendenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TSU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,071</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,299</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>