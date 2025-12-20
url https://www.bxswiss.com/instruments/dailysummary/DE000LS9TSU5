--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58775d4d4e3f4456" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb0771221b634c5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra82f3e815112468e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4eae30a25dc744bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4db7585702d040d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra82f3e815112468e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa57881006694ed2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4eae30a25dc744bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hochdividendenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TSU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>119,002</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>118,642</x:t>
-[...350 lines deleted...]
-          <x:t>118,299</x:t>
+          <x:t>117,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,496</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>