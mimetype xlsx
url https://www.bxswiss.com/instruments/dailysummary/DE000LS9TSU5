--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb0771221b634c5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2f745c041064e35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4eae30a25dc744bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd914e51f6e244dc2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa57881006694ed2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4eae30a25dc744bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf442c15f692e48e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd914e51f6e244dc2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hochdividendenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TSU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>118,496</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,831</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>