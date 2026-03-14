--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2f745c041064e35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c5b9c640d434ae2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd914e51f6e244dc2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40850c213754433b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf442c15f692e48e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd914e51f6e244dc2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91d0ee3d7fa74002" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40850c213754433b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hochdividendenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TSU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,957</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,776</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>