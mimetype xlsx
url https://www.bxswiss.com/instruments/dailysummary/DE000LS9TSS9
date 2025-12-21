--- v0 (2025-10-26)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc49aedb13701452c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06851fc2f63e4986" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fc4d253134a4d59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e2d4636ea7b4836"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8f56b97330b4c44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fc4d253134a4d59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f3d0f266dde4873" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e2d4636ea7b4836" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Globale Investmentideen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TSS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>82,348</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>