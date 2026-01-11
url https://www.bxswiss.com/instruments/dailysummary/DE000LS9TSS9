--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06851fc2f63e4986" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b417556830342ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e2d4636ea7b4836"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf34a9fde26fb49cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f3d0f266dde4873" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e2d4636ea7b4836" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf20afbd4633d405b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf34a9fde26fb49cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Globale Investmentideen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TSS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,893</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,541</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>