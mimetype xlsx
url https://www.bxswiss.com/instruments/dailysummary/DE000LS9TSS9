--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b417556830342ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0e8998e05cc4a7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf34a9fde26fb49cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R389e76add8b54cf9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf20afbd4633d405b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf34a9fde26fb49cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06f0af15c6cc4f26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R389e76add8b54cf9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Globale Investmentideen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TSS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>88,933</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,682</x:t>
-[...377 lines deleted...]
-          <x:t>93,541</x:t>
+          <x:t>88,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>