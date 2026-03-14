--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0e8998e05cc4a7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb91b6c619c8249fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R389e76add8b54cf9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77b5f68dfe3f4de1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06f0af15c6cc4f26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R389e76add8b54cf9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R360cf857d1a24ea5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77b5f68dfe3f4de1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Globale Investmentideen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TSS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,734</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>