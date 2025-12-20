--- v0 (2025-11-14)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a27ef292c484a25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd50e1ca0e7c4e21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R670247e938694205"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a4dfc8a23494dc8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b0e60ad6c014c1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R670247e938694205" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R618863ed04b14cf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a4dfc8a23494dc8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DBI Banken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TSP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>218,766</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>