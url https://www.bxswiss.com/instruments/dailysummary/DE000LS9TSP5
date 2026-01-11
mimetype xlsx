--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd50e1ca0e7c4e21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f6d1dc55ce04f66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a4dfc8a23494dc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2048c43d88794cbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R618863ed04b14cf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a4dfc8a23494dc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa3873611f10492c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2048c43d88794cbe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DBI Banken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TSP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,147</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,436</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>