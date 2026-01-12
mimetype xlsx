--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f6d1dc55ce04f66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re194ae99f90a496c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2048c43d88794cbe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re34fec7fe55a489b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa3873611f10492c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2048c43d88794cbe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re00afed2c08f4ec7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re34fec7fe55a489b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DBI Banken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TSP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,527</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>