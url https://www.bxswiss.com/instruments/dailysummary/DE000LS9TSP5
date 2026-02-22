--- v3 (2026-01-12)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re194ae99f90a496c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra233f75d50934e26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re34fec7fe55a489b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd81586c41d0f49a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re00afed2c08f4ec7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re34fec7fe55a489b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccd5116cd43c4163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd81586c41d0f49a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DBI Banken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TSP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>231,436</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,302</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>