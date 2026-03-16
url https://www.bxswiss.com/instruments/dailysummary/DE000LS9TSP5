--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra233f75d50934e26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f47f1fd4b4c4926" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd81586c41d0f49a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d93b8d6e7dc4d08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccd5116cd43c4163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd81586c41d0f49a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3266c573bb7d49ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d93b8d6e7dc4d08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DBI Banken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TSP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,317</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,389</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>