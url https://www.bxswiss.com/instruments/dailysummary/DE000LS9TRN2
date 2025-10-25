--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaf83a97cd31472b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e871af8a92b4366" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R894756522d1a4298"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4316a7b271d4edf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R024fdb2e07e44bf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R894756522d1a4298" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b304954887e4ac8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4316a7b271d4edf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alternative Waermeerzeugung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TRN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,578 +149,173 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>119,956</x:t>
-[...138 lines deleted...]
-        <x:is>
           <x:t>118,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,893</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,046</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>