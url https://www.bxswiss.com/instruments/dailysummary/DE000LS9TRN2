--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e871af8a92b4366" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc98f78b0c3b54f92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4316a7b271d4edf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dcc84acf09848da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b304954887e4ac8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4316a7b271d4edf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red7a6236bed24eb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dcc84acf09848da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alternative Waermeerzeugung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TRN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>131,046</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,187</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>