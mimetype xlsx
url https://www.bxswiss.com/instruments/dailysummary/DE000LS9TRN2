--- v2 (2025-12-21)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc98f78b0c3b54f92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b2b652f1cfa49e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dcc84acf09848da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f45f4a443b546c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red7a6236bed24eb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dcc84acf09848da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra68f5ed0e8c74474" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f45f4a443b546c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alternative Waermeerzeugung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TRN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>139,187</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,184</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>