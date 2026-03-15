--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b2b652f1cfa49e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0a75b1be8154844" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f45f4a443b546c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a834b3d01594e4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra68f5ed0e8c74474" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f45f4a443b546c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f5dd154163748b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a834b3d01594e4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alternative Waermeerzeugung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TRN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,043</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,564</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>