--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f8f6c1dad1b461c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9ef530edf494c29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recd10b7c22664121"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra98f4a552cff4a05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R429829c72d8a4e09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recd10b7c22664121" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc4742c6ff534d6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra98f4a552cff4a05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Highrisk Zukunftswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TRL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...355 lines deleted...]
-          <x:t>9,403</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,980</x:t>
-[...21 lines deleted...]
-          <x:t>9,153</x:t>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,140</x:t>
-[...242 lines deleted...]
-          <x:t>9,534</x:t>
+          <x:t>9,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>