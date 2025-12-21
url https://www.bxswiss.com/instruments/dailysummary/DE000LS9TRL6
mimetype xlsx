--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9ef530edf494c29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R299ad86409944b3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra98f4a552cff4a05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R598ab48c59214654"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc4742c6ff534d6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra98f4a552cff4a05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re28ab483d9f74258" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R598ab48c59214654" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Highrisk Zukunftswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TRL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>9,193</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,158</x:t>
-[...242 lines deleted...]
-          <x:t>9,405</x:t>
+          <x:t>8,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>