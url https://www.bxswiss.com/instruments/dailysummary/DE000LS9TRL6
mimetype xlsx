--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R299ad86409944b3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0937781e4dfb4ee6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R598ab48c59214654"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dd22c1b530545db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re28ab483d9f74258" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R598ab48c59214654" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf226bd044a854210" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dd22c1b530545db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Highrisk Zukunftswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TRL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>8,823</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,528</x:t>
-[...593 lines deleted...]
-          <x:t>8,315</x:t>
+          <x:t>8,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,557</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>