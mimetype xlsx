--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0937781e4dfb4ee6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9cd82292c17414b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dd22c1b530545db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8212beb77c740ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf226bd044a854210" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dd22c1b530545db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06c654bdbbf74ec4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8212beb77c740ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Highrisk Zukunftswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TRL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>8,865</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,719</x:t>
-[...404 lines deleted...]
-          <x:t>8,557</x:t>
+          <x:t>8,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,903</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>