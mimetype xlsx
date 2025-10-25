--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra453aff5f6474062" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3403bf135af466e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1b178d393a24a33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51572643e46c4800"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R229083db70124883" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1b178d393a24a33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra61099ef12e54129" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51572643e46c4800" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LURO high ROI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TRK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,434</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>