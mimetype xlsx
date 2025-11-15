--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3403bf135af466e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9f897c127564eaa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51572643e46c4800"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2314db8860fd43ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra61099ef12e54129" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51572643e46c4800" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e0360651cee4193" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2314db8860fd43ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LURO high ROI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TRK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,372</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,038</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>