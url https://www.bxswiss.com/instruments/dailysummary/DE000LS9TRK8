--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9f897c127564eaa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R681d8d4b49a440ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2314db8860fd43ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9f9baa81c994564"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e0360651cee4193" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2314db8860fd43ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06c3579a1d76457c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9f9baa81c994564" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LURO high ROI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TRK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...512 lines deleted...]
-          <x:t>10.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,583</x:t>
-[...85 lines deleted...]
-          <x:t>113,280</x:t>
+          <x:t>113,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,285</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>109,038</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,621</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>