--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R681d8d4b49a440ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R806767fa52a74ea3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9f9baa81c994564"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5c4b4a82b1c4ad0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06c3579a1d76457c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9f9baa81c994564" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4be339d0731a4c46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5c4b4a82b1c4ad0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LURO high ROI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TRK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...188 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,469</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...254 lines deleted...]
-          <x:t>117,621</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,623</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>