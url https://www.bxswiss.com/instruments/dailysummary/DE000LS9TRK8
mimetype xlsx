--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R806767fa52a74ea3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1ff5d2e9dc24653" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5c4b4a82b1c4ad0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82b01b800ec14d00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4be339d0731a4c46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5c4b4a82b1c4ad0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R082d3f4593044e43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82b01b800ec14d00" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LURO high ROI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TRK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,573</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,834</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>