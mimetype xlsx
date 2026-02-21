--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1184c66a1264be1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83ad77a9efbe4c46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R978f73a974904a9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R660a54c963244f49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde753f7c5a444058" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R978f73a974904a9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ec7fa7d2e2f446f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R660a54c963244f49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende weltweit EXUSA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TRE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>156,812</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,826</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>