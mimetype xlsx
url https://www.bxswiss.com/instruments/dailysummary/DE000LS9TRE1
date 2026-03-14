--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83ad77a9efbe4c46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22caf6a44de240ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R660a54c963244f49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ea170ec406d44ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ec7fa7d2e2f446f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R660a54c963244f49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd164d1fd519f42ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ea170ec406d44ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende weltweit EXUSA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TRE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>159,147</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>158,970</x:t>
-[...323 lines deleted...]
-          <x:t>160,826</x:t>
+          <x:t>155,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>