--- v0 (2025-10-25)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c579bed48604994" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re808aae8dee34b4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83dc9c52f4024d15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc22db65e3f404b75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c49419c6eed45bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83dc9c52f4024d15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87399bd42ca84ce3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc22db65e3f404b75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Saubere Luft zum Atmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQZ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...458 lines deleted...]
-          <x:t>16.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,697</x:t>
-[...171 lines deleted...]
-          <x:t>99,918</x:t>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,671</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>