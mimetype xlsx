--- v1 (2026-01-09)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re808aae8dee34b4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41f1c97670654d36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc22db65e3f404b75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R197b4e46b8e04971"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87399bd42ca84ce3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc22db65e3f404b75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98f2ea0d2ed840e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R197b4e46b8e04971" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Saubere Luft zum Atmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQZ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,104 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,576</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +548,85 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,862</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>