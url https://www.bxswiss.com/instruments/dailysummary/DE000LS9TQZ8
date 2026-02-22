--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41f1c97670654d36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R445da8d197b34f38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R197b4e46b8e04971"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a9725a90b4f4543"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98f2ea0d2ed840e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R197b4e46b8e04971" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcbfc34f596846f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a9725a90b4f4543" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Saubere Luft zum Atmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQZ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>98,862</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,009</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>