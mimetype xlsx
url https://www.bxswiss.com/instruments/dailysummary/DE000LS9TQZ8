--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R445da8d197b34f38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10da992715ca4f61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a9725a90b4f4543"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2e90981b1d34436"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcbfc34f596846f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a9725a90b4f4543" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbacd98412780438d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2e90981b1d34436" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Saubere Luft zum Atmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQZ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,856</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,796</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>